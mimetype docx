--- v0 (2026-02-07)
+++ v1 (2026-03-22)
@@ -1,733 +1,317 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2DAFBBD5" w14:textId="77777777" w:rsidR="000F01B5" w:rsidRDefault="000F01B5" w:rsidP="000F01B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="TeksIsi"/>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49C59B31" w14:textId="050F43CF" w:rsidR="000F01B5" w:rsidRDefault="000F01B5" w:rsidP="000F01B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="TeksIsi"/>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Perihal</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> :</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> : Permohonan Peminjaman Ruang</w:t>
+      </w:r>
+      <w:r w:rsidR="0080001F">
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> dan Barang</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>Permohonan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">                  Tgl, Bln, Thn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDF8536" w14:textId="77777777" w:rsidR="000F01B5" w:rsidRDefault="000F01B5" w:rsidP="000F01B5">
+      <w:pPr>
+        <w:pStyle w:val="TeksIsi"/>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>Peminjaman</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ruang</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0080001F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096E3926" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="000F01B5" w:rsidP="0029737E">
+      <w:pPr>
+        <w:pStyle w:val="TeksIsi"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dan </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0080001F">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>Barang</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Yth. </w:t>
+      </w:r>
+      <w:r w:rsidR="0029737E">
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Dekan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64930BD1" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
+      <w:pPr>
+        <w:pStyle w:val="TeksIsi"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>Tgl</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>u.p. Kepala Bagian Umum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783946C9" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
+      <w:pPr>
+        <w:pStyle w:val="TeksIsi"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>, Bln, Thn</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">Fakultas Ilmu Sosial dan Ilmu Politik </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A61A21A" w14:textId="485D8282" w:rsidR="000F01B5" w:rsidRDefault="0029737E" w:rsidP="0029737E">
+      <w:pPr>
+        <w:pStyle w:val="TeksIsi"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Universitas Mulawarman</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E946E21" w14:textId="77777777" w:rsidR="000F01B5" w:rsidRDefault="000F01B5" w:rsidP="000F01B5">
+      <w:pPr>
+        <w:pStyle w:val="TeksIsi"/>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>Yth</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="15"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64930BD1" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
-[...205 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0F51A1B0" w14:textId="2728B920" w:rsidR="000F01B5" w:rsidRDefault="000F01B5" w:rsidP="000F01B5">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="TeksIsi"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t>Dalam</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Dalam rangka kegiatan ………………………………………………………………………., kami dari </w:t>
+      </w:r>
+      <w:r w:rsidR="006A16D4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Lembaga </w:t>
+      </w:r>
+      <w:r w:rsidR="0080001F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t>rangka</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">……. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>FISIP UNMUL bermaksud akan meminjam ruang</w:t>
+      </w:r>
+      <w:r w:rsidR="0080001F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t>kegiatan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> dan barang</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ………………………………………………………………………., kami </w:t>
-[...171 lines deleted...]
-        <w:t xml:space="preserve"> pada:</w:t>
+        <w:t xml:space="preserve"> untuk kegiatan tersebut yang akan dilaksanakan pada:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49B48B2B" w14:textId="77777777" w:rsidR="000F01B5" w:rsidRDefault="000F01B5" w:rsidP="000F01B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hari, </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Hari, Tanggal</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>: ………., ……………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4BCD3C" w14:textId="77777777" w:rsidR="000F01B5" w:rsidRDefault="000F01B5" w:rsidP="000F01B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -786,450 +370,242 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>: ……………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7006EF79" w14:textId="77777777" w:rsidR="000F01B5" w:rsidRDefault="000F01B5" w:rsidP="000F01B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...151 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Demikian surat permohonan ini kami sampaikan, atas perhatian dan bantuannya kami ucapkan terima kasih.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="551DF768" w14:textId="77777777" w:rsidR="000F01B5" w:rsidRDefault="000F01B5" w:rsidP="000F01B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="441D6EB0" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Hormat Kami :</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="382C303A" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...85 lines deleted...]
-        <w:t>,</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ketua,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Sekretaris,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1242F631" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ttd + Stempel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Ttd</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...75 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DEB7677" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D2C83B4" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
@@ -1283,64 +659,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Nama </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC56D60" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>NIM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
@@ -1376,400 +739,314 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>NIM</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0401E5AD" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="57D4E39B" w14:textId="60D7C460" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Mengetahui :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D4E39B" w14:textId="77DC4BDB" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wakil </w:t>
-[...66 lines deleted...]
-        <w:t>Pembina ………</w:t>
+        <w:t>Wakil Dekan Bidang Kemahasiswaan,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0088431A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>endamping</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2C8F45" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alumni dan </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Sama,</w:t>
+        <w:t>Alumni dan Kerja Sama,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51811B5D" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61039BB2" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Ttd</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...58 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Ttd</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6278DE7E" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51FC7804" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nama </w:t>
-[...65 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Nama Pejabat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nama Pejabat</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5D950F09" w14:textId="77777777" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>NIP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1798,107 +1075,92 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>NIP</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="14929A4C" w14:textId="07005012" w:rsidR="0029737E" w:rsidRDefault="0029737E" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BB7F94" w14:textId="5763E1FD" w:rsidR="000F01B5" w:rsidRDefault="0080001F" w:rsidP="0029737E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3828"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">RUNDOWN </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>RUNDOWN KEGIATAN :</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="KisiTabel"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="510"/>
         <w:gridCol w:w="1015"/>
         <w:gridCol w:w="5256"/>
         <w:gridCol w:w="2235"/>
       </w:tblGrid>
       <w:tr w:rsidR="0080001F" w14:paraId="5B469740" w14:textId="77777777" w:rsidTr="0080001F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34FA6751" w14:textId="2C31D228" w:rsidR="0080001F" w:rsidRDefault="0080001F" w:rsidP="0029737E">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
@@ -1917,58 +1179,56 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Waktu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5256" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79617EBC" w14:textId="36D4252A" w:rsidR="0080001F" w:rsidRDefault="0080001F" w:rsidP="0029737E">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Kegiatan</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C47D86D" w14:textId="0C12350A" w:rsidR="0080001F" w:rsidRDefault="0080001F" w:rsidP="0029737E">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>PJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080001F" w14:paraId="1AE81630" w14:textId="77777777" w:rsidTr="0080001F">
         <w:tc>
@@ -2542,51 +1802,51 @@
     <w:p w14:paraId="643BDFB2" w14:textId="77777777" w:rsidR="0080001F" w:rsidRDefault="0080001F" w:rsidP="000F01B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FC2777E" w14:textId="3DE53274" w:rsidR="0080001F" w:rsidRDefault="00B52FD5" w:rsidP="000F01B5">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>NAMA BARANG YANG DIPINJAM</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="KisiTabel"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="535"/>
         <w:gridCol w:w="5475"/>
         <w:gridCol w:w="3006"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B52FD5" w14:paraId="4115216B" w14:textId="77777777" w:rsidTr="00B52FD5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E79C6CE" w14:textId="791DA81F" w:rsidR="00B52FD5" w:rsidRDefault="00B52FD5" w:rsidP="003E21BC">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -2604,58 +1864,56 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Nama Barang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3006" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04516179" w14:textId="06260A47" w:rsidR="00B52FD5" w:rsidRDefault="00B52FD5" w:rsidP="003E21BC">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Jumlah</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B52FD5" w14:paraId="57FB461E" w14:textId="77777777" w:rsidTr="00B52FD5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62AFE421" w14:textId="7C64F106" w:rsidR="00B52FD5" w:rsidRDefault="00B52FD5" w:rsidP="000F01B5">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3300,126 +2558,52 @@
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D58656A" w14:textId="0219F8A7" w:rsidR="00124458" w:rsidRDefault="00124458" w:rsidP="00124458">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yang </w:t>
-[...74 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Yang bertanda tangan dibawah ini :</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="133E9306" w14:textId="77777777" w:rsidR="00A46E57" w:rsidRDefault="00124458" w:rsidP="00A46E57">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Nama </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3493,224 +2677,179 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Jurusan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Jabatan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Ruang BMN yang </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Ruang BMN yang dipinjam</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="688F67E7" w14:textId="6ADF2FCC" w:rsidR="00A46E57" w:rsidRDefault="00A46E57" w:rsidP="00A46E57">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> HP</w:t>
+        <w:t>Nomor HP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>:</w:t>
@@ -3736,2476 +2875,423 @@
       <w:r w:rsidR="00124458">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D4899C6" w14:textId="12C8176F" w:rsidR="00124458" w:rsidRDefault="00124458" w:rsidP="00124458">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...260 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Dengan ini bertanggung jawab atas pelaksanaan kegiatan yang akan dilakukan terhadap beberapa hal sebagai berikut : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="025977B7" w14:textId="19C7332A" w:rsidR="00D14835" w:rsidRDefault="00D14835" w:rsidP="00D14835">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="DaftarParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...321 lines deleted...]
-        <w:t>).</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Menjaga keamanan dan ketertiban selama kegiatan berlangsung (tidak melakukan minum- minuman keras, perbuatan asusila dan menginap/ tiduran di aula/ ruang kelas/ organisasi).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="202CF3D0" w14:textId="6B9B43AA" w:rsidR="00D14835" w:rsidRDefault="00D14835" w:rsidP="00D14835">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="DaftarParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...123 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mengebalikan semua kursi dan meja yang dipakai pada tempat yang semula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B4AAD3" w14:textId="2BE6A220" w:rsidR="00D14835" w:rsidRDefault="00D14835" w:rsidP="00D14835">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="DaftarParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...249 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mengebalikan semua peralatan elektronik (iventaris kantor) yang dipinjam dari perlengkapan dalam kondisi baik dan tepat waktu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A478ED1" w14:textId="6C0D33EA" w:rsidR="00D14835" w:rsidRDefault="00D14835" w:rsidP="00D14835">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="DaftarParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...105 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Menjaga kebersihan lingkungan selama kegiatan berlansung.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3B0237" w14:textId="06D42B51" w:rsidR="00D14835" w:rsidRDefault="00D14835" w:rsidP="00D14835">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="DaftarParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...249 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Apabila terjadi kerusakan/ hilang barang yang telah dipinjam kami bersedia bertanggungjawab untuk memperbaiki / mengganti barang tersebut.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70AA9BD8" w14:textId="77777777" w:rsidR="004979D3" w:rsidRDefault="00E61B65" w:rsidP="00E61B65">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...393 lines deleted...]
-        <w:t>) Semester (minimal)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Apabila kami melanggar atas point- point yang tertera dalam surat pernyataan ini, kami siap menerima sangsi dari Fakultas berupa tidak dipinjamkan lagi untuk kegiatan Organisasi kami selama 1 (satu) Semester (minimal)</w:t>
       </w:r>
       <w:r w:rsidR="004979D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dan </w:t>
-[...71 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> dan atau lainnya yang ditetapkan Fakultas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5483E457" w14:textId="77777777" w:rsidR="004979D3" w:rsidRDefault="004979D3" w:rsidP="00E61B65">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...249 lines deleted...]
-        <w:t xml:space="preserve"> juga.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Demikian surat pernyataan ini saya buat dengan sebenar- benarnya dan tidak ada paksaan dari pihak manapun juga.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2266FE99" w14:textId="77777777" w:rsidR="004979D3" w:rsidRDefault="004979D3" w:rsidP="00E61B65">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FE04B0A" w14:textId="62DBB977" w:rsidR="00E61B65" w:rsidRPr="00E61B65" w:rsidRDefault="00E61B65" w:rsidP="00E61B65">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="236FA6AB" w14:textId="5CA1F7A6" w:rsidR="004979D3" w:rsidRDefault="004979D3" w:rsidP="004979D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> Lembaga,</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Mengetahui,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ketua Lembaga,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CC2684" w14:textId="6B3EEC8D" w:rsidR="004979D3" w:rsidRDefault="004979D3" w:rsidP="004979D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> dan BMN</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ketua Sub POKJA Umum dan BMN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F26C98" w14:textId="77777777" w:rsidR="004979D3" w:rsidRDefault="004979D3" w:rsidP="004979D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D59A07A" w14:textId="2EEC15C6" w:rsidR="004979D3" w:rsidRDefault="004979D3" w:rsidP="004979D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ttd + Stempel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Ttd</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...75 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A46E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Stempel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="426E1E32" w14:textId="77777777" w:rsidR="004979D3" w:rsidRDefault="004979D3" w:rsidP="004979D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15892EA5" w14:textId="096542D0" w:rsidR="004979D3" w:rsidRDefault="004979D3" w:rsidP="004979D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
@@ -6336,127 +3422,127 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51000415" w14:textId="77777777" w:rsidR="00124458" w:rsidRDefault="00124458" w:rsidP="00124458">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00124458" w:rsidSect="00576D1C">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1702" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FBEFDDC" w14:textId="77777777" w:rsidR="0098560D" w:rsidRDefault="0098560D">
+    <w:p w14:paraId="389434E9" w14:textId="77777777" w:rsidR="00F2598B" w:rsidRDefault="00F2598B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="281CC1D1" w14:textId="77777777" w:rsidR="0098560D" w:rsidRDefault="0098560D">
+    <w:p w14:paraId="3369C4B5" w14:textId="77777777" w:rsidR="00F2598B" w:rsidRDefault="00F2598B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70717DBF" w14:textId="77777777" w:rsidR="0098560D" w:rsidRDefault="0098560D">
+    <w:p w14:paraId="6D675BB0" w14:textId="77777777" w:rsidR="00F2598B" w:rsidRDefault="00F2598B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79E4B5C2" w14:textId="77777777" w:rsidR="0098560D" w:rsidRDefault="0098560D">
+    <w:p w14:paraId="652FE0DD" w14:textId="77777777" w:rsidR="00F2598B" w:rsidRDefault="00F2598B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C5F59E5" w14:textId="77777777" w:rsidR="00E447E8" w:rsidRPr="00576D1C" w:rsidRDefault="000F01B5" w:rsidP="00576D1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00576D1C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">KOP SURAT </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="01087E89" w14:textId="77777777" w:rsidR="00E447E8" w:rsidRPr="00576D1C" w:rsidRDefault="000F01B5" w:rsidP="00576D1C">
@@ -6465,51 +3551,51 @@
       <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00576D1C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>LEMBAGA / ORGANISASI</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DB35640"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A342C7E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6555,133 +3641,135 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="660549949">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000F01B5"/>
     <w:rsid w:val="000F01B5"/>
     <w:rsid w:val="00124458"/>
     <w:rsid w:val="0029737E"/>
     <w:rsid w:val="003E21BC"/>
     <w:rsid w:val="004979D3"/>
     <w:rsid w:val="006A16D4"/>
     <w:rsid w:val="006D18F4"/>
     <w:rsid w:val="007F4EA2"/>
     <w:rsid w:val="0080001F"/>
+    <w:rsid w:val="0088431A"/>
     <w:rsid w:val="0098560D"/>
     <w:rsid w:val="00A46E57"/>
     <w:rsid w:val="00B52FD5"/>
     <w:rsid w:val="00CB463A"/>
     <w:rsid w:val="00D14835"/>
     <w:rsid w:val="00D96AA7"/>
+    <w:rsid w:val="00E06605"/>
     <w:rsid w:val="00E447E8"/>
     <w:rsid w:val="00E61B65"/>
     <w:rsid w:val="00F20964"/>
+    <w:rsid w:val="00F2598B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="6855CCE4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B27110FA-40C6-4BB3-883D-A24A5D34E73E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-ID" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7045,208 +4133,208 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000F01B5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="273" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-ID"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="FontParagrafDefault">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="TabelNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="TidakAdaDaftar">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="TeksIsi">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:link w:val="TeksIsiKAR"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F01B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TeksIsiKAR">
+    <w:name w:val="Teks Isi KAR"/>
+    <w:basedOn w:val="FontParagrafDefault"/>
+    <w:link w:val="TeksIsi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000F01B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="15">
     <w:name w:val="15"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="FontParagrafDefault"/>
     <w:rsid w:val="000F01B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="HeaderKAR"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F01B5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...1 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderKAR">
+    <w:name w:val="Header KAR"/>
+    <w:basedOn w:val="FontParagrafDefault"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000F01B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-ID"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="KisiTabel">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="TabelNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0080001F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="DaftarParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D14835"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="FooterKAR"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029737E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterKAR">
+    <w:name w:val="Footer KAR"/>
+    <w:basedOn w:val="FontParagrafDefault"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0029737E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-ID"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -7512,54 +4600,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>368</Words>
-  <Characters>2101</Characters>
+  <Words>334</Words>
+  <Characters>1878</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>177</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2465</CharactersWithSpaces>
+  <CharactersWithSpaces>2302</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>TU FISIP UNMUL</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>